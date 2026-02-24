--- v0 (2026-02-04)
+++ v1 (2026-02-24)
@@ -163,96 +163,94 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A05F83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1478577555"/>
           <w:placeholder>
             <w:docPart w:val="D590374EE299429B984F3A1FF3063BF7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="yyyy-MM-dd"/>
             <w:lid w:val="sv-SE"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A05F83" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange datum.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1020ED44" w14:textId="5C927395" w:rsidR="00A66210" w:rsidRDefault="00457F1E" w:rsidP="00A66210">
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ordinarie s</w:t>
       </w:r>
       <w:r w:rsidR="00A66210" w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>tart och sluttid:</w:t>
       </w:r>
       <w:r w:rsidR="00A05F83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk182235971"/>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="Starttid"/>
           <w:tag w:val="Starttid"/>
           <w:id w:val="-281648360"/>
           <w:placeholder>
             <w:docPart w:val="810A99F2848C4243B211418E9237058C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:displayText="08:15" w:value="08:15"/>
             <w:listItem w:displayText="13:15" w:value="13:15"/>
             <w:listItem w:displayText="18:15" w:value="18:15"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A05F83" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">Välj </w:t>
           </w:r>
           <w:r w:rsidR="00AE630C">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>starttid</w:t>
           </w:r>
           <w:r w:rsidR="00A05F83" w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00AE630C">
         <w:t xml:space="preserve">       </w:t>
       </w:r>
@@ -424,58 +422,53 @@
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00241305">
               <w:rPr>
                 <w:rStyle w:val="Tentainfo"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>pråk:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Tentainfo"/>
             </w:rPr>
             <w:id w:val="-1499720265"/>
             <w:placeholder>
               <w:docPart w:val="851651F697B644298AAEB5D215DECE3E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="Svenska" w:value="Svenska"/>
-              <w:listItem w:displayText="Engelsak" w:value="Engelsak"/>
+              <w:listItem w:displayText="Engelska" w:value="Engelska"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1842" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="226C0817" w14:textId="60A0B18A" w:rsidR="00270FB3" w:rsidRDefault="003B5E06" w:rsidP="00A66210">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="Tentainfo"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Tentans språk</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
@@ -493,55 +486,50 @@
                 <w:rStyle w:val="Tentainfo"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Typ av tentamen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Tentainfo"/>
             </w:rPr>
             <w:id w:val="-117831019"/>
             <w:placeholder>
               <w:docPart w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="Digital tentamen med KI-inloggning" w:value="Digital tentamen med KI-inloggning"/>
               <w:listItem w:displayText="Digital tentamen med engångkoder" w:value="Digital tentamen med engångkoder"/>
               <w:listItem w:displayText="Papperstentamen" w:value="Papperstentamen"/>
               <w:listItem w:displayText="Annat  (ange typ)" w:value="Annat  (ange typ)"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr>
-[...3 lines deleted...]
-          </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5368" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1A2AC90C" w14:textId="60FCA763" w:rsidR="00270FB3" w:rsidRDefault="004823CE" w:rsidP="00A66210">
                 <w:pPr>
                   <w:rPr>
                     <w:rStyle w:val="Tentainfo"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Typ av tenta</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CB34B10" w14:textId="36A149B9" w:rsidR="00A66210" w:rsidRPr="0029459A" w:rsidRDefault="00A66210" w:rsidP="00B06412">
@@ -940,51 +928,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> och hjälpmedel</w:t>
             </w:r>
             <w:r w:rsidRPr="00902F19">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="292723356"/>
             <w:placeholder>
               <w:docPart w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7636" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="54FF8E1C" w14:textId="76E3278E" w:rsidR="00730A07" w:rsidRDefault="00B00906" w:rsidP="00730A07">
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Ange viktig information och ev. </w:t>
                 </w:r>
                 <w:r w:rsidR="00D032AB">
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t xml:space="preserve">tillåtna </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Platshllartext"/>
                   </w:rPr>
                   <w:t>hjälpmedel, t.ex. miniräknare, ordbok et.c.</w:t>
                 </w:r>
               </w:p>
@@ -1125,51 +1112,50 @@
       <w:r w:rsidRPr="00902F19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Antal anmälda:</w:t>
       </w:r>
       <w:r w:rsidR="00685318">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-2062001831"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Tentainfo"/>
               </w:rPr>
               <w:id w:val="968395495"/>
               <w:placeholder>
                 <w:docPart w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Standardstycketeckensnitt"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:r w:rsidR="007040E0" w:rsidRPr="007040E0">
                 <w:rPr>
                   <w:rStyle w:val="Platshllartext"/>
                 </w:rPr>
                 <w:t>Klicka eller tryck här för att ange text.</w:t>
@@ -1393,61 +1379,61 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F22EB8C" w14:textId="565115CA" w:rsidR="005603B4" w:rsidRPr="00DC3C85" w:rsidRDefault="005603B4" w:rsidP="00FC70AC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005603B4" w:rsidRPr="00DC3C85" w:rsidSect="00B23836">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00B58864" w14:textId="77777777" w:rsidR="00CC6EB6" w:rsidRDefault="00CC6EB6" w:rsidP="001636A9">
+    <w:p w14:paraId="760B97CD" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A919D9E" w14:textId="77777777" w:rsidR="00CC6EB6" w:rsidRDefault="00CC6EB6" w:rsidP="001636A9">
+    <w:p w14:paraId="5AEAC841" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1485,97 +1471,100 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4CA1CB64" w14:textId="020A5493" w:rsidR="00B73A0C" w:rsidRDefault="00B73A0C">
+  <w:p w14:paraId="4CA1CB64" w14:textId="4BC6992B" w:rsidR="00B73A0C" w:rsidRDefault="00B73A0C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>Ver</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t>. 2026-02-02</w:t>
     </w:r>
+    <w:r w:rsidR="002002EB">
+      <w:t>_1</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="070FBF9C" w14:textId="5D53330F" w:rsidR="00445FF5" w:rsidRDefault="00445FF5">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2AF08136" w14:textId="77777777" w:rsidR="00B35198" w:rsidRDefault="00B35198" w:rsidP="00B35198">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DC824E2" w14:textId="77777777" w:rsidR="00CC6EB6" w:rsidRDefault="00CC6EB6" w:rsidP="001636A9">
+    <w:p w14:paraId="55DC7C30" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F0B0042" w14:textId="77777777" w:rsidR="00CC6EB6" w:rsidRDefault="00CC6EB6" w:rsidP="001636A9">
+    <w:p w14:paraId="218B0661" w14:textId="77777777" w:rsidR="001942B8" w:rsidRDefault="001942B8" w:rsidP="001636A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="650D510D" w14:textId="100572EB" w:rsidR="00307FC0" w:rsidRPr="0082169F" w:rsidRDefault="00466E03" w:rsidP="00835DDF">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:spacing w:after="840"/>
     </w:pPr>
     <w:r w:rsidRPr="00FA0546">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660290" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C16676E" wp14:editId="5283C9BB">
           <wp:simplePos x="0" y="0"/>
@@ -3499,101 +3488,104 @@
     <w:rsid w:val="000B4A58"/>
     <w:rsid w:val="000B6EB1"/>
     <w:rsid w:val="000C445A"/>
     <w:rsid w:val="000E0FAC"/>
     <w:rsid w:val="000F2EFD"/>
     <w:rsid w:val="000F6786"/>
     <w:rsid w:val="00115F82"/>
     <w:rsid w:val="00123E0E"/>
     <w:rsid w:val="001247B8"/>
     <w:rsid w:val="001264A7"/>
     <w:rsid w:val="00130604"/>
     <w:rsid w:val="00135BFF"/>
     <w:rsid w:val="00140BC2"/>
     <w:rsid w:val="00143398"/>
     <w:rsid w:val="00146021"/>
     <w:rsid w:val="001532D9"/>
     <w:rsid w:val="00157A66"/>
     <w:rsid w:val="001636A9"/>
     <w:rsid w:val="00163B54"/>
     <w:rsid w:val="001672CA"/>
     <w:rsid w:val="001701E9"/>
     <w:rsid w:val="00177D2A"/>
     <w:rsid w:val="001863B7"/>
     <w:rsid w:val="00187DAF"/>
     <w:rsid w:val="00190801"/>
+    <w:rsid w:val="001942B8"/>
     <w:rsid w:val="001A4234"/>
     <w:rsid w:val="001D0CD2"/>
     <w:rsid w:val="001D2E63"/>
+    <w:rsid w:val="002002EB"/>
     <w:rsid w:val="0021144C"/>
     <w:rsid w:val="00224D52"/>
     <w:rsid w:val="002271F4"/>
     <w:rsid w:val="0023390F"/>
     <w:rsid w:val="00241305"/>
     <w:rsid w:val="00245069"/>
     <w:rsid w:val="00255482"/>
     <w:rsid w:val="002566F1"/>
     <w:rsid w:val="00256B08"/>
     <w:rsid w:val="00260FFF"/>
     <w:rsid w:val="002644FB"/>
     <w:rsid w:val="00270FB3"/>
     <w:rsid w:val="00275AA7"/>
     <w:rsid w:val="0029459A"/>
     <w:rsid w:val="00296E44"/>
     <w:rsid w:val="002A660D"/>
     <w:rsid w:val="002A7C08"/>
     <w:rsid w:val="002B1526"/>
     <w:rsid w:val="002B4472"/>
     <w:rsid w:val="002C1FC6"/>
     <w:rsid w:val="002D63BD"/>
     <w:rsid w:val="002E27C9"/>
     <w:rsid w:val="002E40FF"/>
     <w:rsid w:val="002E4BB7"/>
     <w:rsid w:val="003038EA"/>
     <w:rsid w:val="00306248"/>
     <w:rsid w:val="00307FC0"/>
     <w:rsid w:val="00312D5C"/>
     <w:rsid w:val="00324A49"/>
     <w:rsid w:val="0033241B"/>
     <w:rsid w:val="00333551"/>
     <w:rsid w:val="00341D2E"/>
     <w:rsid w:val="00361EEA"/>
     <w:rsid w:val="00366007"/>
     <w:rsid w:val="00366A49"/>
     <w:rsid w:val="0037708D"/>
     <w:rsid w:val="003800D4"/>
     <w:rsid w:val="003858A6"/>
     <w:rsid w:val="003926FD"/>
     <w:rsid w:val="00395043"/>
     <w:rsid w:val="003A14BE"/>
     <w:rsid w:val="003A402D"/>
     <w:rsid w:val="003A5202"/>
     <w:rsid w:val="003B3D76"/>
     <w:rsid w:val="003B4DFC"/>
     <w:rsid w:val="003B5E06"/>
     <w:rsid w:val="003B67A0"/>
     <w:rsid w:val="003B76D6"/>
+    <w:rsid w:val="003C461F"/>
     <w:rsid w:val="003D7002"/>
     <w:rsid w:val="003E51FC"/>
     <w:rsid w:val="003E5B69"/>
     <w:rsid w:val="003F0E89"/>
     <w:rsid w:val="003F3AAE"/>
     <w:rsid w:val="00421BF2"/>
     <w:rsid w:val="0042548F"/>
     <w:rsid w:val="00427A2A"/>
     <w:rsid w:val="00445FF5"/>
     <w:rsid w:val="0045457E"/>
     <w:rsid w:val="00457F1E"/>
     <w:rsid w:val="00466E03"/>
     <w:rsid w:val="004675C8"/>
     <w:rsid w:val="00472F29"/>
     <w:rsid w:val="0047544F"/>
     <w:rsid w:val="004823CE"/>
     <w:rsid w:val="004921C3"/>
     <w:rsid w:val="004B7B9B"/>
     <w:rsid w:val="004B7D08"/>
     <w:rsid w:val="004D1C62"/>
     <w:rsid w:val="004D2686"/>
     <w:rsid w:val="004D4A8D"/>
     <w:rsid w:val="004E6B22"/>
     <w:rsid w:val="00514AA5"/>
     <w:rsid w:val="005244F7"/>
@@ -3660,50 +3652,51 @@
     <w:rsid w:val="00787E40"/>
     <w:rsid w:val="007979B4"/>
     <w:rsid w:val="007A1B26"/>
     <w:rsid w:val="007A521F"/>
     <w:rsid w:val="007A78FA"/>
     <w:rsid w:val="007B4A9B"/>
     <w:rsid w:val="007C0800"/>
     <w:rsid w:val="007C4406"/>
     <w:rsid w:val="007C4FDF"/>
     <w:rsid w:val="007D676D"/>
     <w:rsid w:val="007E274D"/>
     <w:rsid w:val="007E3EDE"/>
     <w:rsid w:val="007E6FA6"/>
     <w:rsid w:val="008215EB"/>
     <w:rsid w:val="0082169F"/>
     <w:rsid w:val="00835DDF"/>
     <w:rsid w:val="008566DA"/>
     <w:rsid w:val="00884C12"/>
     <w:rsid w:val="00884F8A"/>
     <w:rsid w:val="008931CA"/>
     <w:rsid w:val="008968A6"/>
     <w:rsid w:val="008B1850"/>
     <w:rsid w:val="008C15AB"/>
     <w:rsid w:val="008C2416"/>
     <w:rsid w:val="008D4D1B"/>
+    <w:rsid w:val="008E2280"/>
     <w:rsid w:val="008E2C5E"/>
     <w:rsid w:val="008E57FA"/>
     <w:rsid w:val="00902BE9"/>
     <w:rsid w:val="00902F19"/>
     <w:rsid w:val="00920B35"/>
     <w:rsid w:val="00921787"/>
     <w:rsid w:val="00926903"/>
     <w:rsid w:val="00934FB4"/>
     <w:rsid w:val="0093655E"/>
     <w:rsid w:val="009663ED"/>
     <w:rsid w:val="00966B1B"/>
     <w:rsid w:val="009920EC"/>
     <w:rsid w:val="009A6896"/>
     <w:rsid w:val="009B004B"/>
     <w:rsid w:val="009B39C0"/>
     <w:rsid w:val="009C1438"/>
     <w:rsid w:val="009C5E16"/>
     <w:rsid w:val="009C71CF"/>
     <w:rsid w:val="009D345C"/>
     <w:rsid w:val="009E4C6F"/>
     <w:rsid w:val="00A00C76"/>
     <w:rsid w:val="00A0185B"/>
     <w:rsid w:val="00A05F83"/>
     <w:rsid w:val="00A06538"/>
     <w:rsid w:val="00A15797"/>
@@ -3819,50 +3812,51 @@
     <w:rsid w:val="00E83488"/>
     <w:rsid w:val="00E835B8"/>
     <w:rsid w:val="00E868E8"/>
     <w:rsid w:val="00E90CCC"/>
     <w:rsid w:val="00EA0333"/>
     <w:rsid w:val="00EB2F99"/>
     <w:rsid w:val="00EB3553"/>
     <w:rsid w:val="00EC0047"/>
     <w:rsid w:val="00EC5F88"/>
     <w:rsid w:val="00ED308E"/>
     <w:rsid w:val="00EF2E28"/>
     <w:rsid w:val="00F0618D"/>
     <w:rsid w:val="00F11F5C"/>
     <w:rsid w:val="00F130A3"/>
     <w:rsid w:val="00F14840"/>
     <w:rsid w:val="00F21278"/>
     <w:rsid w:val="00F21933"/>
     <w:rsid w:val="00F2302E"/>
     <w:rsid w:val="00F251FE"/>
     <w:rsid w:val="00F25B5D"/>
     <w:rsid w:val="00F27348"/>
     <w:rsid w:val="00F3312D"/>
     <w:rsid w:val="00F37783"/>
     <w:rsid w:val="00F429D6"/>
     <w:rsid w:val="00F4522F"/>
+    <w:rsid w:val="00F45FD9"/>
     <w:rsid w:val="00F6705E"/>
     <w:rsid w:val="00F7688D"/>
     <w:rsid w:val="00F833A0"/>
     <w:rsid w:val="00F87AA3"/>
     <w:rsid w:val="00F904EA"/>
     <w:rsid w:val="00F94C36"/>
     <w:rsid w:val="00F96328"/>
     <w:rsid w:val="00FA0546"/>
     <w:rsid w:val="00FB2AFF"/>
     <w:rsid w:val="00FB2E39"/>
     <w:rsid w:val="00FB35AE"/>
     <w:rsid w:val="00FB3ED9"/>
     <w:rsid w:val="00FB4B2B"/>
     <w:rsid w:val="00FB5DB5"/>
     <w:rsid w:val="00FC35AF"/>
     <w:rsid w:val="00FC70AC"/>
     <w:rsid w:val="00FE0AB2"/>
     <w:rsid w:val="00FE4E90"/>
     <w:rsid w:val="00FF2A25"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -29805,333 +29799,333 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D590374EE299429B984F3A1FF3063BF7"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A39A8387-4C52-4901-AD05-6F5F499849EA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="009D54CE" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="D590374EE299429B984F3A1FF3063BF71"/>
+            <w:pStyle w:val="D590374EE299429B984F3A1FF3063BF7"/>
           </w:pPr>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka här för att ange datum.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="810A99F2848C4243B211418E9237058C"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{67F5ED62-C9B0-4CE4-A069-2D78080BC3A1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009D54CE" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="009D54CE" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="810A99F2848C4243B211418E9237058C1"/>
+            <w:pStyle w:val="810A99F2848C4243B211418E9237058C"/>
           </w:pPr>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">Välj </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>starttid</w:t>
           </w:r>
           <w:r w:rsidRPr="00F557DB">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3FE3B6F483F642F1806EF685E12B95A3"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FD208665-BBC7-4DFB-BFF5-692D913653C7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B34C96" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="00B34C96" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="3FE3B6F483F642F1806EF685E12B95A31"/>
+            <w:pStyle w:val="3FE3B6F483F642F1806EF685E12B95A3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Om annan än ovan. Namn och telefonnummer. Tillgänglig hela examinationen</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3E9CCB11BF5148648C9C74BB98FF301E"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4F5C3426-BEA2-4BF5-BB63-47CEA93B714E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B34C96" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="00B34C96" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="3E9CCB11BF5148648C9C74BB98FF301E1"/>
+            <w:pStyle w:val="3E9CCB11BF5148648C9C74BB98FF301E"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Namn på person som studenten ska boka tid för uppvisande av legitimation</w:t>
           </w:r>
           <w:r w:rsidRPr="00341D2E">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8CB0FE54-E557-432A-A42F-C1A5C0241169}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B34C96" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="00B34C96" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="EBF9EE7E4AD44D2086059D3005F545801"/>
+            <w:pStyle w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Ange viktig information och ev. tillåtna hjälpmedel, t.ex. miniräknare, ordbok et.c.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4A310D4A9E01498496EB6B346563499D"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D5C50EB-6139-462B-803F-EEB09B66C77A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E106CD" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="4A310D4A9E01498496EB6B346563499D1"/>
+            <w:pStyle w:val="4A310D4A9E01498496EB6B346563499D"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Ange tentan/tentornas namn (om kurskod inte ingår i namnet, ange kurskod).</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="01468856278F4C4DA69A6AB818731100"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{05D3A1D8-46CD-463B-B530-3AC626A8ACB4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E106CD" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="01468856278F4C4DA69A6AB8187311001"/>
+            <w:pStyle w:val="01468856278F4C4DA69A6AB818731100"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Ange tentans sluttid</w:t>
           </w:r>
           <w:r w:rsidRPr="00B64C45">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5B7F2DC7DEE9439BA4AE359268AFFCB7"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AD3ACE7D-455B-49B6-AC91-33350723991F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E106CD" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="5B7F2DC7DEE9439BA4AE359268AFFCB71"/>
+            <w:pStyle w:val="5B7F2DC7DEE9439BA4AE359268AFFCB7"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>A</w:t>
           </w:r>
           <w:r w:rsidRPr="00FE0AB2">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve">nge antal studenter med </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>stöd</w:t>
           </w:r>
           <w:r w:rsidRPr="00FE0AB2">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t xml:space="preserve"> Ange 0 om inga studenter med stöd finns</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="75B06627129E43C88E87D79E1CE1B263"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F83A14FB-2B87-439E-B62A-8EA14295518F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E106CD" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="00E106CD" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="75B06627129E43C88E87D79E1CE1B2631"/>
+            <w:pStyle w:val="75B06627129E43C88E87D79E1CE1B263"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Namn och telefonnummer. Tillgänglig hela examinationen.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{55CD9FD6-64C8-4BE9-B394-00031C050D55}"/>
       </w:docPartPr>
@@ -30141,229 +30135,229 @@
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0227B328CB384067B24BA79240DFA111"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{17D40716-1D33-47F1-A7CB-E4CC9D1834F4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001225C8" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="0227B328CB384067B24BA79240DFA1111"/>
+            <w:pStyle w:val="0227B328CB384067B24BA79240DFA111"/>
           </w:pPr>
           <w:r w:rsidRPr="00750BC3">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EB471422-EA83-465F-85E5-0C34C3A7E9FB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001225C8" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D1"/>
+            <w:pStyle w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D"/>
           </w:pPr>
           <w:r w:rsidRPr="00F6705E">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3EBEE78E-BD4D-4264-BCC4-3F2F23A410DE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001225C8" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="3520CD576FBF4CD58692F37B6BC50B3D1"/>
+            <w:pStyle w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
           </w:pPr>
           <w:r w:rsidRPr="007040E0">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AB165BCDFCF34105AB8475DE83A3DC90"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C008C720-3D65-4DBB-9F7F-E4A0EE6EE59B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001225C8" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="AB165BCDFCF34105AB8475DE83A3DC901"/>
+            <w:pStyle w:val="AB165BCDFCF34105AB8475DE83A3DC90"/>
           </w:pPr>
           <w:r w:rsidRPr="00F6705E">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Klicka eller tryck här för att ange text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9A9E74E2-F361-4A63-832E-E18665CA0ADA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001225C8" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="96CEBB042B7B46B581D888FA49E5AC851"/>
+            <w:pStyle w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Typ av tenta</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="851651F697B644298AAEB5D215DECE3E"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BC3D32DD-5DF4-4682-AC3F-B488C9E5E397}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001225C8" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="001225C8" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="851651F697B644298AAEB5D215DECE3E2"/>
+            <w:pStyle w:val="851651F697B644298AAEB5D215DECE3E"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>Tentans språk</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2C24F7C6B5C74C1FB845FBB36F94DC97"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6E5880E2-9AB3-4031-B669-E2DC9897FF21}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007A26D1" w:rsidRDefault="007A26D1" w:rsidP="007A26D1">
+        <w:p w:rsidR="007A26D1" w:rsidRDefault="00B068CE" w:rsidP="00B068CE">
           <w:pPr>
-            <w:pStyle w:val="2C24F7C6B5C74C1FB845FBB36F94DC971"/>
+            <w:pStyle w:val="2C24F7C6B5C74C1FB845FBB36F94DC97"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>Namn på den som ska ha närvaro-/toalista</w:t>
           </w:r>
           <w:r w:rsidRPr="00F11F5C">
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -30447,87 +30441,91 @@
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007165B7"/>
     <w:rsid w:val="00080416"/>
     <w:rsid w:val="000820EB"/>
     <w:rsid w:val="00117BAF"/>
     <w:rsid w:val="001225C8"/>
     <w:rsid w:val="00135BFF"/>
     <w:rsid w:val="0021014A"/>
     <w:rsid w:val="00224D52"/>
     <w:rsid w:val="00255482"/>
     <w:rsid w:val="00275AA7"/>
     <w:rsid w:val="003858A6"/>
+    <w:rsid w:val="003C461F"/>
     <w:rsid w:val="004B3FC4"/>
     <w:rsid w:val="004B7B9B"/>
     <w:rsid w:val="004E6B22"/>
     <w:rsid w:val="004F1C9A"/>
     <w:rsid w:val="0063428C"/>
     <w:rsid w:val="00641096"/>
     <w:rsid w:val="006C6068"/>
     <w:rsid w:val="006D319A"/>
     <w:rsid w:val="00703A7F"/>
     <w:rsid w:val="007165B7"/>
     <w:rsid w:val="007303AE"/>
     <w:rsid w:val="0076626B"/>
     <w:rsid w:val="007A26D1"/>
+    <w:rsid w:val="00840BAD"/>
     <w:rsid w:val="008968A6"/>
     <w:rsid w:val="009525E2"/>
     <w:rsid w:val="009B39C0"/>
     <w:rsid w:val="009C1438"/>
     <w:rsid w:val="009D54CE"/>
     <w:rsid w:val="009E7348"/>
     <w:rsid w:val="00A33E74"/>
     <w:rsid w:val="00A41BE7"/>
     <w:rsid w:val="00AB0699"/>
     <w:rsid w:val="00AC6244"/>
     <w:rsid w:val="00AD70EB"/>
+    <w:rsid w:val="00B068CE"/>
     <w:rsid w:val="00B34C96"/>
     <w:rsid w:val="00B61F86"/>
     <w:rsid w:val="00B945B7"/>
     <w:rsid w:val="00BA783B"/>
     <w:rsid w:val="00BB1F88"/>
     <w:rsid w:val="00CD1A12"/>
     <w:rsid w:val="00CD5A0D"/>
     <w:rsid w:val="00CE2C37"/>
     <w:rsid w:val="00CF53AD"/>
     <w:rsid w:val="00E106CD"/>
     <w:rsid w:val="00E26422"/>
     <w:rsid w:val="00E74410"/>
     <w:rsid w:val="00F4522F"/>
+    <w:rsid w:val="00F45FD9"/>
     <w:rsid w:val="00FC19ED"/>
     <w:rsid w:val="00FC35AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0FC90F83"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -30942,657 +30940,254 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007A26D1"/>
+    <w:rsid w:val="00B068CE"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A310D4A9E01498496EB6B346563499D5">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A310D4A9E01498496EB6B346563499D">
+    <w:name w:val="4A310D4A9E01498496EB6B346563499D"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D590374EE299429B984F3A1FF3063BF75">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D590374EE299429B984F3A1FF3063BF7">
+    <w:name w:val="D590374EE299429B984F3A1FF3063BF7"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="810A99F2848C4243B211418E9237058C5">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="810A99F2848C4243B211418E9237058C">
+    <w:name w:val="810A99F2848C4243B211418E9237058C"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01468856278F4C4DA69A6AB8187311005">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01468856278F4C4DA69A6AB818731100">
+    <w:name w:val="01468856278F4C4DA69A6AB818731100"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B7F2DC7DEE9439BA4AE359268AFFCB75">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B7F2DC7DEE9439BA4AE359268AFFCB7">
+    <w:name w:val="5B7F2DC7DEE9439BA4AE359268AFFCB7"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="851651F697B644298AAEB5D215DECE3E">
     <w:name w:val="851651F697B644298AAEB5D215DECE3E"/>
-    <w:rsid w:val="001225C8"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96CEBB042B7B46B581D888FA49E5AC852">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96CEBB042B7B46B581D888FA49E5AC85">
+    <w:name w:val="96CEBB042B7B46B581D888FA49E5AC85"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75B06627129E43C88E87D79E1CE1B2635">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75B06627129E43C88E87D79E1CE1B263">
+    <w:name w:val="75B06627129E43C88E87D79E1CE1B263"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FE3B6F483F642F1806EF685E12B95A35">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FE3B6F483F642F1806EF685E12B95A3">
+    <w:name w:val="3FE3B6F483F642F1806EF685E12B95A3"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E9CCB11BF5148648C9C74BB98FF301E5">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C24F7C6B5C74C1FB845FBB36F94DC97">
+    <w:name w:val="2C24F7C6B5C74C1FB845FBB36F94DC97"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBF9EE7E4AD44D2086059D3005F545805">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E9CCB11BF5148648C9C74BB98FF301E">
+    <w:name w:val="3E9CCB11BF5148648C9C74BB98FF301E"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0227B328CB384067B24BA79240DFA1115">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBF9EE7E4AD44D2086059D3005F54580">
+    <w:name w:val="EBF9EE7E4AD44D2086059D3005F54580"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A388C4B5F9114C7B82A7EDDF5DE0EB2D5">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0227B328CB384067B24BA79240DFA111">
+    <w:name w:val="0227B328CB384067B24BA79240DFA111"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3520CD576FBF4CD58692F37B6BC50B3D5">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A388C4B5F9114C7B82A7EDDF5DE0EB2D">
+    <w:name w:val="A388C4B5F9114C7B82A7EDDF5DE0EB2D"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB165BCDFCF34105AB8475DE83A3DC905">
-[...1 lines deleted...]
-    <w:rsid w:val="001225C8"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3520CD576FBF4CD58692F37B6BC50B3D">
+    <w:name w:val="3520CD576FBF4CD58692F37B6BC50B3D"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4A310D4A9E01498496EB6B346563499D">
-[...193 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB165BCDFCF34105AB8475DE83A3DC90">
     <w:name w:val="AB165BCDFCF34105AB8475DE83A3DC90"/>
-    <w:rsid w:val="007A26D1"/>
-[...207 lines deleted...]
-    <w:rsid w:val="007A26D1"/>
+    <w:rsid w:val="00B068CE"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="KI">
       <a:dk1>
@@ -32139,75 +31734,75 @@
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{673A070D-BD86-40F4-A1EE-96FFB368CB3F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ea58cfda-9e62-49e8-895e-42318b46ce69"/>
     <ds:schemaRef ds:uri="6f632fbc-1162-4005-b759-c593571f4216"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basmall_m_logo</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>195</Words>
-  <Characters>1174</Characters>
+  <Words>217</Words>
+  <Characters>1152</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1333</CharactersWithSpaces>
+  <CharactersWithSpaces>1367</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Charlotta Cederberg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BDAF2797060A9943A2452DAC17E3942A</vt:lpwstr>
   </property>