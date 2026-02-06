--- v0 (2025-10-09)
+++ v1 (2026-02-06)
@@ -18,80 +18,80 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7124A1C4" w14:textId="77777777" w:rsidR="00523986" w:rsidRDefault="00523986" w:rsidP="00523986"/>
     <w:p w14:paraId="255EDF1B" w14:textId="77777777" w:rsidR="00080FEC" w:rsidRDefault="00080FEC" w:rsidP="00523986">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A1CEDF" w14:textId="74A67185" w:rsidR="00523986" w:rsidRPr="00C82AD3" w:rsidRDefault="00080FEC" w:rsidP="00523986">
+    <w:p w14:paraId="43A1CEDF" w14:textId="1DF85C5B" w:rsidR="00523986" w:rsidRPr="00C82AD3" w:rsidRDefault="00080FEC" w:rsidP="00523986">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Nomination fo</w:t>
       </w:r>
       <w:r w:rsidR="004A3697">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r the Lennart Nilsson Award 20</w:t>
       </w:r>
       <w:r w:rsidR="00DD72F5">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00102EC0">
+      <w:r w:rsidR="006F15E8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="318A2677" w14:textId="77777777" w:rsidR="00523986" w:rsidRPr="00080FEC" w:rsidRDefault="00523986" w:rsidP="00523986">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF27AD3" w14:textId="77777777" w:rsidR="00523986" w:rsidRDefault="00080FEC" w:rsidP="00523986">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080FEC">
         <w:rPr>
@@ -1442,110 +1442,110 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32E27EC7" w14:textId="77777777" w:rsidR="00523986" w:rsidRPr="00A97989" w:rsidRDefault="00523986" w:rsidP="00FF6A49">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00523986" w:rsidRPr="00A97989" w:rsidSect="004F3F05">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1135" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38023049" w14:textId="77777777" w:rsidR="00503106" w:rsidRDefault="00503106" w:rsidP="00523986">
+    <w:p w14:paraId="44CA079A" w14:textId="77777777" w:rsidR="00AE35A9" w:rsidRDefault="00AE35A9" w:rsidP="00523986">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60953C18" w14:textId="77777777" w:rsidR="00503106" w:rsidRDefault="00503106" w:rsidP="00523986">
+    <w:p w14:paraId="2EA96EC5" w14:textId="77777777" w:rsidR="00AE35A9" w:rsidRDefault="00AE35A9" w:rsidP="00523986">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="060D9628" w14:textId="77777777" w:rsidR="00503106" w:rsidRDefault="00503106" w:rsidP="00523986">
+    <w:p w14:paraId="4B163F37" w14:textId="77777777" w:rsidR="00AE35A9" w:rsidRDefault="00AE35A9" w:rsidP="00523986">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="690B95A3" w14:textId="77777777" w:rsidR="00503106" w:rsidRDefault="00503106" w:rsidP="00523986">
+    <w:p w14:paraId="72E436DC" w14:textId="77777777" w:rsidR="00AE35A9" w:rsidRDefault="00AE35A9" w:rsidP="00523986">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A14E7E1" w14:textId="77777777" w:rsidR="00503106" w:rsidRDefault="00642751">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpc">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1321BF9E" wp14:editId="10C0CB85">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
@@ -1736,134 +1736,137 @@
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7F106100" w14:textId="77777777" w:rsidR="00503106" w:rsidRDefault="00503106">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00523986"/>
     <w:rsid w:val="00023579"/>
     <w:rsid w:val="000367F4"/>
     <w:rsid w:val="00080FEC"/>
     <w:rsid w:val="000F0388"/>
     <w:rsid w:val="00102EC0"/>
     <w:rsid w:val="00110114"/>
     <w:rsid w:val="00197AC1"/>
     <w:rsid w:val="001A7AA4"/>
     <w:rsid w:val="001B62ED"/>
     <w:rsid w:val="002C120B"/>
     <w:rsid w:val="00387FF2"/>
     <w:rsid w:val="003D62FF"/>
     <w:rsid w:val="00411A2F"/>
     <w:rsid w:val="00431F8F"/>
     <w:rsid w:val="0049344E"/>
     <w:rsid w:val="004A3697"/>
     <w:rsid w:val="004E6402"/>
     <w:rsid w:val="004F3F05"/>
     <w:rsid w:val="00503106"/>
     <w:rsid w:val="00523986"/>
     <w:rsid w:val="0053500D"/>
     <w:rsid w:val="00556D2B"/>
     <w:rsid w:val="00560691"/>
+    <w:rsid w:val="005C75A5"/>
     <w:rsid w:val="00642751"/>
     <w:rsid w:val="00647DEE"/>
     <w:rsid w:val="006B3F5F"/>
+    <w:rsid w:val="006F15E8"/>
     <w:rsid w:val="007E540D"/>
     <w:rsid w:val="00827578"/>
     <w:rsid w:val="00935817"/>
     <w:rsid w:val="00974DD2"/>
     <w:rsid w:val="009C1E3B"/>
     <w:rsid w:val="00A04FAD"/>
     <w:rsid w:val="00A97989"/>
     <w:rsid w:val="00AC5C1B"/>
+    <w:rsid w:val="00AE35A9"/>
     <w:rsid w:val="00B56734"/>
     <w:rsid w:val="00BD4CD4"/>
     <w:rsid w:val="00C05A11"/>
     <w:rsid w:val="00C161E6"/>
     <w:rsid w:val="00C3073E"/>
     <w:rsid w:val="00C35270"/>
     <w:rsid w:val="00C82AD3"/>
     <w:rsid w:val="00DD72F5"/>
     <w:rsid w:val="00F968E7"/>
     <w:rsid w:val="00FF6A49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="47105"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4CBE719E"/>
   <w15:docId w15:val="{71F9462E-6226-46E2-A3E5-D32BB358E262}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2703,65 +2706,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>45</Words>
-  <Characters>240</Characters>
+  <Words>36</Words>
+  <Characters>249</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Karolinska Institutet.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>284</CharactersWithSpaces>
+  <CharactersWithSpaces>281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>asawes</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>